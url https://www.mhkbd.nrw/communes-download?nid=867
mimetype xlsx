--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Wettringen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Steinfurt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Berthold</t>
-[...2 lines deleted...]
-    <t>Bültgerds</t>
+    <t>Andreas</t>
+  </si>
+  <si>
+    <t>Lastering</t>
   </si>
   <si>
     <t>Kirchstr. 19</t>
   </si>
   <si>
     <t>02557/780</t>
   </si>
   <si>
     <t>02557/7845</t>
   </si>
   <si>
     <t>www.wettringen.de</t>
   </si>
   <si>
     <t>info@wettringen.de</t>
   </si>
   <si>
     <t>05566096</t>
   </si>
   <si>
     <t>Münster</t>
   </si>
 </sst>
 </file>
 