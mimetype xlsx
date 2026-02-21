--- v0 (2025-10-16)
+++ v1 (2026-02-21)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Velen</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Jeske</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Markus</t>
+  </si>
+  <si>
+    <t>Hund</t>
   </si>
   <si>
     <t>Postfach 1141</t>
   </si>
   <si>
     <t>Ramsdorfer Str. 19</t>
   </si>
   <si>
     <t>02863/9260</t>
   </si>
   <si>
     <t>02863/926299</t>
   </si>
   <si>
     <t>www.velen.de</t>
   </si>
   <si>
     <t>info@velen.de</t>
   </si>
   <si>
     <t>05554064</t>
   </si>
   <si>
     <t>Münster</t>
   </si>