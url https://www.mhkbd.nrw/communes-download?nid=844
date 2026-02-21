--- v0 (2025-10-17)
+++ v1 (2026-02-21)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Recklinghausen</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Christoph</t>
-[...2 lines deleted...]
-    <t>Tesche</t>
+    <t>Axel</t>
+  </si>
+  <si>
+    <t>Tschersich</t>
   </si>
   <si>
     <t>Postfach 101765</t>
   </si>
   <si>
     <t>Rathausplatz 3-4</t>
   </si>
   <si>
     <t>02361/500</t>
   </si>
   <si>
     <t>02361/501234</t>
   </si>
   <si>
     <t>www.recklinghausen.de</t>
   </si>
   <si>
     <t>info@recklinghausen.de</t>
   </si>
   <si>
     <t>05562032</t>
   </si>
   <si>
     <t>Münster</t>
   </si>