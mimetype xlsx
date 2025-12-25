--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Raesfeld</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Martin</t>
-[...2 lines deleted...]
-    <t>Tesing</t>
+    <t>Dirk</t>
+  </si>
+  <si>
+    <t>Kuhmann</t>
   </si>
   <si>
     <t>Postfach 1140</t>
   </si>
   <si>
     <t>Weseler Str. 19</t>
   </si>
   <si>
     <t>02865/9550</t>
   </si>
   <si>
     <t>02865/955199</t>
   </si>
   <si>
     <t>www.raesfeld.de</t>
   </si>
   <si>
     <t>rathaus@raesfeld.de</t>
   </si>
   <si>
     <t>05554040</t>
   </si>
   <si>
     <t>Münster</t>
   </si>