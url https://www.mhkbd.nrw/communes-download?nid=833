--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Nordkirchen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Coesfeld</t>
   </si>
   <si>
-    <t>Herrn</t>
-[...8 lines deleted...]
-    <t>Bergmann</t>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
+  </si>
+  <si>
+    <t>Stefanie</t>
+  </si>
+  <si>
+    <t>Holz</t>
   </si>
   <si>
     <t>Postfach 1280</t>
   </si>
   <si>
     <t>Bohlenstr. 2</t>
   </si>
   <si>
     <t>02596/9170</t>
   </si>
   <si>
     <t>02596/9171</t>
   </si>
   <si>
     <t>www.nordkirchen.de</t>
   </si>
   <si>
     <t>gemeinde@nordkirchen.de</t>
   </si>
   <si>
     <t>05558028</t>
   </si>
   <si>
     <t>Münster</t>
   </si>