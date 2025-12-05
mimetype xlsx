--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Münster</t>
   </si>
   <si>
     <t>kreisfreie Stadt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Oberbürgermeister</t>
   </si>
   <si>
-    <t>Markus</t>
-[...2 lines deleted...]
-    <t>Lewe</t>
+    <t>Tilman</t>
+  </si>
+  <si>
+    <t>Fuchs</t>
   </si>
   <si>
     <t>Klemensstraße 10</t>
   </si>
   <si>
     <t>0251/4920</t>
   </si>
   <si>
     <t>0251/4927700</t>
   </si>
   <si>
     <t>www.muenster.de</t>
   </si>
   <si>
     <t>stadtverwaltung@stadt-muenster.de</t>
   </si>
   <si>
     <t>05515000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>