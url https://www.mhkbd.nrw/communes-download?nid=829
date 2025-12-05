--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Metelen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Steinfurt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Gregor</t>
-[...2 lines deleted...]
-    <t>Krabbe</t>
+    <t>Ralf</t>
+  </si>
+  <si>
+    <t>Maletz</t>
   </si>
   <si>
     <t>Postfach 1160</t>
   </si>
   <si>
     <t>Sendplatz 18</t>
   </si>
   <si>
     <t>02556/890</t>
   </si>
   <si>
     <t>02556/8944</t>
   </si>
   <si>
     <t>www.metelen.de</t>
   </si>
   <si>
     <t>info@metelen.de</t>
   </si>
   <si>
     <t>05566052</t>
   </si>
   <si>
     <t>Münster</t>
   </si>