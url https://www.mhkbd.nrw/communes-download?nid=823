--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Legden</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dieter</t>
-[...2 lines deleted...]
-    <t>Berkemeier</t>
+    <t>Jörg</t>
+  </si>
+  <si>
+    <t>Thor</t>
   </si>
   <si>
     <t>Postfach 1129</t>
   </si>
   <si>
     <t>Amtshausstr. 1</t>
   </si>
   <si>
     <t>02566/9100</t>
   </si>
   <si>
     <t>02566/910222</t>
   </si>
   <si>
     <t>www.legden.de</t>
   </si>
   <si>
     <t>gemeinde@legden.de</t>
   </si>
   <si>
     <t>05554036</t>
   </si>
   <si>
     <t>Münster</t>
   </si>