--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Heek</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Franz Josef</t>
-[...2 lines deleted...]
-    <t>Weilinghoff</t>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Averbeck</t>
   </si>
   <si>
     <t>Bahnhofstr. 60</t>
   </si>
   <si>
     <t>02568/93000</t>
   </si>
   <si>
     <t>02568/930040</t>
   </si>
   <si>
     <t>www.heek.de</t>
   </si>
   <si>
     <t>info@heek.de</t>
   </si>
   <si>
     <t>05554024</t>
   </si>
   <si>
     <t>Münster</t>
   </si>
 </sst>
 </file>
 