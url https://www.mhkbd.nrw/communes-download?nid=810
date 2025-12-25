--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Gronau (Westf.)</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Rainer</t>
-[...2 lines deleted...]
-    <t>Doetkotte</t>
+    <t>Jörg</t>
+  </si>
+  <si>
+    <t>von Borczyskowski</t>
   </si>
   <si>
     <t>Postfach 1848</t>
   </si>
   <si>
     <t>Neustr. 31</t>
   </si>
   <si>
     <t>02562/120</t>
   </si>
   <si>
     <t>02562/127200</t>
   </si>
   <si>
     <t>www.gronau.de</t>
   </si>
   <si>
     <t>info@gronau.de</t>
   </si>
   <si>
     <t>05554020</t>
   </si>
   <si>
     <t>Münster</t>
   </si>