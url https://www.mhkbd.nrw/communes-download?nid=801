--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Drensteinfurt</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Warendorf</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Carsten</t>
-[...2 lines deleted...]
-    <t>Grawunder</t>
+    <t>Markus</t>
+  </si>
+  <si>
+    <t>Wiewel</t>
   </si>
   <si>
     <t>Landsbergplatz 7</t>
   </si>
   <si>
     <t>02508/9950</t>
   </si>
   <si>
     <t>02508/995166</t>
   </si>
   <si>
     <t>www.drensteinfurt.de</t>
   </si>
   <si>
     <t>stadt@drensteinfurt.de</t>
   </si>
   <si>
     <t>05570016</t>
   </si>
   <si>
     <t>Münster</t>
   </si>
 </sst>
 </file>
 