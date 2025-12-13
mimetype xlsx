--- v0 (2025-10-11)
+++ v1 (2025-12-13)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bocholt</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Borken</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...2 lines deleted...]
-    <t>Kerkhoff</t>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Mangen</t>
   </si>
   <si>
     <t>Postfach 2262</t>
   </si>
   <si>
     <t>Kaiser- Wilhelm-Str. 52-58</t>
   </si>
   <si>
     <t>02871/9530</t>
   </si>
   <si>
     <t>02871/953222</t>
   </si>
   <si>
     <t>www.bocholt.de</t>
   </si>
   <si>
     <t>stadtverwaltung@mail.bocholt.de</t>
   </si>
   <si>
     <t>05554008</t>
   </si>
   <si>
     <t>Münster</t>
   </si>