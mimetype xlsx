--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Waldfeucht</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Heinsberg</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Heinz-Josef</t>
-[...2 lines deleted...]
-    <t>Schrammen</t>
+    <t>Marcell</t>
+  </si>
+  <si>
+    <t>Breuer</t>
   </si>
   <si>
     <t>Postfach 1601</t>
   </si>
   <si>
     <t>Lambertusstr. 13</t>
   </si>
   <si>
     <t>02455/3990</t>
   </si>
   <si>
     <t>02455/39977</t>
   </si>
   <si>
     <t>www.waldfeucht.de</t>
   </si>
   <si>
     <t>gemeinde@waldfeucht.de</t>
   </si>
   <si>
     <t>05370032</t>
   </si>
   <si>
     <t>Köln</t>
   </si>