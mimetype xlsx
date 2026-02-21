--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Rösrath</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Rheinisch-Bergischer Kreis</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Schulze</t>
+    <t xml:space="preserve">Herrn </t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Yannick</t>
+  </si>
+  <si>
+    <t>Steinbach</t>
   </si>
   <si>
     <t>Postfach 1120</t>
   </si>
   <si>
     <t>Hauptstr. 229</t>
   </si>
   <si>
     <t>02205/802-0</t>
   </si>
   <si>
     <t>02205/802-131</t>
   </si>
   <si>
     <t>www.roesrath.de</t>
   </si>
   <si>
     <t>infoStadt@roesrath.de</t>
   </si>
   <si>
     <t>05378028</t>
   </si>
   <si>
     <t>Köln</t>
   </si>