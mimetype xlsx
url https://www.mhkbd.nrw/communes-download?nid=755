--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Reichshof</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Oberbergischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Rüdiger</t>
-[...2 lines deleted...]
-    <t>Gennies</t>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Gutowski</t>
   </si>
   <si>
     <t>Postfach 1160</t>
   </si>
   <si>
     <t>Hauptstr. 12</t>
   </si>
   <si>
     <t>02296/801-0</t>
   </si>
   <si>
     <t>02296/801-395</t>
   </si>
   <si>
     <t>www.reichshof.de</t>
   </si>
   <si>
     <t>info@reichshof.de</t>
   </si>
   <si>
     <t>05374040</t>
   </si>
   <si>
     <t>Köln</t>
   </si>