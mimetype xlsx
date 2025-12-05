--- v0 (2025-10-01)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Much</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Rhein-Sieg-Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Norbert</t>
-[...2 lines deleted...]
-    <t>Büscher</t>
+    <t>Karsten</t>
+  </si>
+  <si>
+    <t>Schäfer</t>
   </si>
   <si>
     <t>Postfach 1120</t>
   </si>
   <si>
     <t>Hauptstr. 57</t>
   </si>
   <si>
     <t>02245/68-0</t>
   </si>
   <si>
     <t>02245/6850</t>
   </si>
   <si>
     <t>www.much.de</t>
   </si>
   <si>
     <t>buergerhotline@much.de</t>
   </si>
   <si>
     <t>05382036</t>
   </si>
   <si>
     <t>Köln</t>
   </si>