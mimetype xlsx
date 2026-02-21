--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Morsbach</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Oberbergischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Jörg</t>
-[...2 lines deleted...]
-    <t>Bukowski</t>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Schumacher</t>
   </si>
   <si>
     <t>Postfach 1153</t>
   </si>
   <si>
     <t>Bahnhofstr. 2</t>
   </si>
   <si>
     <t>02294/6990</t>
   </si>
   <si>
     <t>02294/699187</t>
   </si>
   <si>
     <t>www.morsbach.de</t>
   </si>
   <si>
     <t>rathaus@gemeinde-morsbach.de</t>
   </si>
   <si>
     <t>05374028</t>
   </si>
   <si>
     <t>Köln</t>
   </si>