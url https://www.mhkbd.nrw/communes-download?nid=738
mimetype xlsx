--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Mechernich</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Euskirchen</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dr. Hans-Peter</t>
-[...2 lines deleted...]
-    <t>Schick</t>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Fingel</t>
   </si>
   <si>
     <t>Postfach 1265</t>
   </si>
   <si>
     <t>Bergstr. 1</t>
   </si>
   <si>
     <t>02443/490</t>
   </si>
   <si>
     <t>02443/49199</t>
   </si>
   <si>
     <t>www.mechernich.de</t>
   </si>
   <si>
     <t>info@mechernich.de</t>
   </si>
   <si>
     <t>05366028</t>
   </si>
   <si>
     <t>Köln</t>
   </si>