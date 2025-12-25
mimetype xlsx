--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Marienheide</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Oberbergischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Stefan</t>
-[...2 lines deleted...]
-    <t>Meisenberg</t>
+    <t>Sebastian</t>
+  </si>
+  <si>
+    <t>Heimes</t>
   </si>
   <si>
     <t>Postfach 1220</t>
   </si>
   <si>
     <t>Hauptstr. 20</t>
   </si>
   <si>
     <t>02264/40440</t>
   </si>
   <si>
     <t>02264/4044261</t>
   </si>
   <si>
     <t>www.marienheide.de</t>
   </si>
   <si>
     <t>info@gemeinde-marienheide.de</t>
   </si>
   <si>
     <t>05374024</t>
   </si>
   <si>
     <t>Köln</t>
   </si>