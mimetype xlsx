--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Lohmar</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Rhein-Sieg-Kreis</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Wieja</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Matthias</t>
+  </si>
+  <si>
+    <t>Schmitz</t>
   </si>
   <si>
     <t>Postfach 1209</t>
   </si>
   <si>
     <t>Rathausstr. 4</t>
   </si>
   <si>
     <t>02246/15-0</t>
   </si>
   <si>
     <t>02246/15-900</t>
   </si>
   <si>
     <t>www.lohmar.de</t>
   </si>
   <si>
     <t>Rathaus@Lohmar.de</t>
   </si>
   <si>
     <t>05382028</t>
   </si>
   <si>
     <t>Köln</t>
   </si>