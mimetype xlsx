--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Kürten</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Rheinisch-Bergischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Willi</t>
-[...2 lines deleted...]
-    <t>Heider</t>
+    <t>Mario</t>
+  </si>
+  <si>
+    <t>Bredow</t>
   </si>
   <si>
     <t>Postfach 1160</t>
   </si>
   <si>
     <t>Marktfeld 1</t>
   </si>
   <si>
     <t>02268/939-207</t>
   </si>
   <si>
     <t>02268/939154</t>
   </si>
   <si>
     <t>www.kuerten.de</t>
   </si>
   <si>
     <t>gemeinde@kuerten.de</t>
   </si>
   <si>
     <t>05378012</t>
   </si>
   <si>
     <t>Köln</t>
   </si>