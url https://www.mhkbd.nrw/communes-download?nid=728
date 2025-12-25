--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -1,43 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+  <workbookPr codeName="ThisWorkbook"/>
+  <bookViews>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
+  </sheets>
+  <definedNames/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+  <si>
+    <t>Kommune/Kreis</t>
+  </si>
+  <si>
+    <t>Bezeichnung</t>
+  </si>
+  <si>
+    <t>Zugehörigkeit Kreis</t>
+  </si>
+  <si>
+    <t>Anrede</t>
+  </si>
+  <si>
+    <t>Titel HVB</t>
+  </si>
+  <si>
+    <t>HVB/Vorname</t>
+  </si>
+  <si>
+    <t>HVB/Name</t>
+  </si>
+  <si>
+    <t>PPZ</t>
+  </si>
+  <si>
+    <t>Postfach</t>
+  </si>
+  <si>
+    <t>PLZ</t>
+  </si>
+  <si>
+    <t>Ort</t>
+  </si>
+  <si>
+    <t>Strasse</t>
+  </si>
+  <si>
+    <t>Telefon</t>
+  </si>
+  <si>
+    <t>Telefax</t>
+  </si>
+  <si>
+    <t>Internet</t>
+  </si>
+  <si>
+    <t>E-Mail</t>
+  </si>
+  <si>
+    <t>AGS</t>
+  </si>
+  <si>
+    <t>Reg-Bez</t>
+  </si>
+  <si>
+    <t>Königswinter</t>
+  </si>
+  <si>
+    <t>Mittlere kreisangehörige Stadt</t>
+  </si>
+  <si>
+    <t>Rhein-Sieg-Kreis</t>
+  </si>
+  <si>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
+  </si>
+  <si>
+    <t>Heike</t>
+  </si>
+  <si>
+    <t>Jüngling</t>
+  </si>
+  <si>
+    <t>Postfach 1105</t>
+  </si>
+  <si>
+    <t>Drachenfelsstr. 9</t>
+  </si>
+  <si>
+    <t>02244/889-0</t>
+  </si>
+  <si>
+    <t>02244/889-378</t>
+  </si>
+  <si>
+    <t>www.koenigswinter.de</t>
+  </si>
+  <si>
+    <t>stadtverwaltung@koenigswinter.de</t>
+  </si>
+  <si>
+    <t>05382024</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+  <numFmts count="0"/>
+  <fonts count="1">
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
+</styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -289,50 +453,182 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetData>
+    <row r="1" spans="1:18">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2">
+        <v>53621</v>
+      </c>
+      <c r="I2" t="s">
+        <v>25</v>
+      </c>
+      <c r="J2">
+        <v>53639</v>
+      </c>
+      <c r="K2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L2" t="s">
+        <v>26</v>
+      </c>
+      <c r="M2" t="s">
+        <v>27</v>
+      </c>
+      <c r="N2" t="s">
+        <v>28</v>
+      </c>
+      <c r="O2" t="s">
+        <v>29</v>
+      </c>
+      <c r="P2" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>31</v>
+      </c>
+      <c r="R2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>