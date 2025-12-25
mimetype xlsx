--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t xml:space="preserve">Kall </t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Euskirchen</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Hermann-Josef</t>
-[...2 lines deleted...]
-    <t>Esser</t>
+    <t>Emmanuel</t>
+  </si>
+  <si>
+    <t>Kunz</t>
   </si>
   <si>
     <t>Postfach 160</t>
   </si>
   <si>
     <t>Kall</t>
   </si>
   <si>
     <t>Bahnhofstr. 9</t>
   </si>
   <si>
     <t>02441/8880</t>
   </si>
   <si>
     <t>02441/88870</t>
   </si>
   <si>
     <t>www.kall.de</t>
   </si>
   <si>
     <t>posteingang@kall.de</t>
   </si>
   <si>
     <t>05366024</t>
   </si>