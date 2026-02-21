--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -68,90 +68,90 @@
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Strasse</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
-    <t>Hückelhoven</t>
+    <t>Erkelenz</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Heinsberg</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t xml:space="preserve">Bernd </t>
-[...23 lines deleted...]
-    <t>05370020</t>
+    <t xml:space="preserve">Stephan </t>
+  </si>
+  <si>
+    <t>Muckel</t>
+  </si>
+  <si>
+    <t>Postfach 1129</t>
+  </si>
+  <si>
+    <t>Johannismarkt 17</t>
+  </si>
+  <si>
+    <t>02431/85-205</t>
+  </si>
+  <si>
+    <t>02431/70558</t>
+  </si>
+  <si>
+    <t>www.erkelenz.de</t>
+  </si>
+  <si>
+    <t>stephan.muckel@erkelenz.de</t>
+  </si>
+  <si>
+    <t>05370004</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -545,57 +545,57 @@
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
-        <v>41825</v>
+        <v>41801</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2">
-        <v>41836</v>
+        <v>41812</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>26</v>
       </c>
       <c r="M2" t="s">
         <v>27</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>