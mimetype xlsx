--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Hellenthal</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Euskirchen</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Rudolf</t>
-[...2 lines deleted...]
-    <t>Westerburg</t>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Berners</t>
   </si>
   <si>
     <t>Postfach 46</t>
   </si>
   <si>
     <t>Rathausstr. 2</t>
   </si>
   <si>
     <t>02482/850</t>
   </si>
   <si>
     <t>02482/85114</t>
   </si>
   <si>
     <t>www.hellenthal.de</t>
   </si>
   <si>
     <t>gemeinde@hellenthal.de</t>
   </si>
   <si>
     <t>05366020</t>
   </si>
   <si>
     <t>Köln</t>
   </si>