--- v0 (2025-10-24)
+++ v1 (2026-02-21)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Oberbergischer Kreis</t>
   </si>
   <si>
     <t>Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Landrat</t>
   </si>
   <si>
-    <t>Jochen</t>
-[...2 lines deleted...]
-    <t>Hagt</t>
+    <t>Klaus</t>
+  </si>
+  <si>
+    <t>Grootens</t>
   </si>
   <si>
     <t>Postfach 100555</t>
   </si>
   <si>
     <t>Gummersbach</t>
   </si>
   <si>
     <t>Moltkestr. 42</t>
   </si>
   <si>
     <t>02261/880</t>
   </si>
   <si>
     <t>02261/881033</t>
   </si>
   <si>
     <t>www.oberbergischer-kreis.de</t>
   </si>
   <si>
     <t>mail@obk.de</t>
   </si>
   <si>
     <t>05374000</t>
   </si>