--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Geilenkirchen</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Heinsberg</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Ritzerfeld</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Dr. Armin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leon </t>
   </si>
   <si>
     <t>Postfach 1269</t>
   </si>
   <si>
     <t>Markt 9</t>
   </si>
   <si>
     <t>02451/6290</t>
   </si>
   <si>
     <t>02451/629100</t>
   </si>
   <si>
     <t>www.geilenkirchen.de</t>
   </si>
   <si>
     <t>stadt@geilenkirchen.de</t>
   </si>
   <si>
     <t>05370012</t>
   </si>
   <si>
     <t>Köln</t>
   </si>