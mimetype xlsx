--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -77,78 +77,78 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Eschweiler</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Städteregion Aachen</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Leonhardt</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Nowicki</t>
   </si>
   <si>
     <t>Postfach 1328</t>
   </si>
   <si>
     <t>Johannes-Rau-Platz 1</t>
   </si>
   <si>
     <t>02403/710</t>
   </si>
   <si>
     <t>02403/71384</t>
   </si>
   <si>
     <t>www.eschweiler.de</t>
   </si>
   <si>
-    <t>nadine.leonhardt@eschweiler.de</t>
+    <t>stadtverwaltung@eschweiler.de</t>
   </si>
   <si>
     <t>05334012</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">