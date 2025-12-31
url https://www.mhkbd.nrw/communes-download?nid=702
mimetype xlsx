--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Engelskirchen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Oberbergischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dr. Gero</t>
-[...2 lines deleted...]
-    <t>Karthaus</t>
+    <t>Lukas</t>
+  </si>
+  <si>
+    <t>Miebach</t>
   </si>
   <si>
     <t>Postfach 1254/1255</t>
   </si>
   <si>
     <t>Engels-Platz 4</t>
   </si>
   <si>
     <t>02263/83-0</t>
   </si>
   <si>
     <t>02263/1610</t>
   </si>
   <si>
     <t>www.engelskirchen.de</t>
   </si>
   <si>
     <t>rathaus@engelskirchen.de</t>
   </si>
   <si>
     <t>05374008</t>
   </si>
   <si>
     <t>Köln</t>
   </si>