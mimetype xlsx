--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Rheinisch-Bergischer Kreis</t>
   </si>
   <si>
     <t>Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Landrat</t>
   </si>
   <si>
-    <t>Stephan</t>
-[...2 lines deleted...]
-    <t>Santelmann</t>
+    <t>Arne</t>
+  </si>
+  <si>
+    <t>von Boetticher</t>
   </si>
   <si>
     <t>Postfach 200450</t>
   </si>
   <si>
     <t>Bergisch Gladbach</t>
   </si>
   <si>
     <t>Am Rübezahlwald 7</t>
   </si>
   <si>
     <t>02202/130</t>
   </si>
   <si>
     <t>02202/13-2600</t>
   </si>
   <si>
     <t>www.rbk-direkt.de</t>
   </si>
   <si>
     <t>info@rbk-online.de</t>
   </si>
   <si>
     <t>05378000</t>
   </si>