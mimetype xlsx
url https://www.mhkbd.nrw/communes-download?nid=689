--- v1 (2025-12-05)
+++ v2 (2026-02-21)
@@ -68,93 +68,93 @@
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Strasse</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
-    <t>Rheinisch-Bergischer Kreis</t>
-[...2 lines deleted...]
-    <t>Kreis</t>
+    <t>Neunkirchen</t>
+  </si>
+  <si>
+    <t>kreisangehörige Gemeinde</t>
+  </si>
+  <si>
+    <t>Siegen-Wittgenstein</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
-    <t>Landrat</t>
-[...32 lines deleted...]
-    <t>Köln</t>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Marco</t>
+  </si>
+  <si>
+    <t>Schwunk</t>
+  </si>
+  <si>
+    <t>Postfach 1360</t>
+  </si>
+  <si>
+    <t>Bahnhofstr. 3</t>
+  </si>
+  <si>
+    <t>02735/7670</t>
+  </si>
+  <si>
+    <t>02735/5342</t>
+  </si>
+  <si>
+    <t>www.neunkirchen-siegerland.de</t>
+  </si>
+  <si>
+    <t>info@neunkirchen-siegerland.de</t>
+  </si>
+  <si>
+    <t>05970036</t>
+  </si>
+  <si>
+    <t>Arnsberg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -529,73 +529,76 @@
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
       <c r="D2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H2">
-        <v>51434</v>
+        <v>57274</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J2">
-        <v>51469</v>
+        <v>57290</v>
       </c>
       <c r="K2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>26</v>
       </c>
       <c r="M2" t="s">
         <v>27</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>