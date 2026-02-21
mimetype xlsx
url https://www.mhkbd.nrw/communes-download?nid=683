--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bad Honnef</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Rhein-Sieg-Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Otto</t>
-[...2 lines deleted...]
-    <t>Neuhoff</t>
+    <t>Philipp</t>
+  </si>
+  <si>
+    <t>Herzog</t>
   </si>
   <si>
     <t>Postfach 1740</t>
   </si>
   <si>
     <t>Rathausplatz 1</t>
   </si>
   <si>
     <t>02224/1840</t>
   </si>
   <si>
     <t>02224/184115</t>
   </si>
   <si>
     <t>www.bad-honnef.de</t>
   </si>
   <si>
     <t>info@bad-honnef.de</t>
   </si>
   <si>
     <t>05382008</t>
   </si>
   <si>
     <t>Köln</t>
   </si>