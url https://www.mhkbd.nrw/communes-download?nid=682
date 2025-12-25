--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,72 +83,72 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Alsdorf</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Städteregion Aachen</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Alfred</t>
-[...2 lines deleted...]
-    <t>Sonders</t>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Krämer</t>
   </si>
   <si>
     <t>Postfach 1340</t>
   </si>
   <si>
     <t>Hubertusstr.17</t>
   </si>
   <si>
     <t>02404/500</t>
   </si>
   <si>
     <t>02404/22640</t>
   </si>
   <si>
     <t>www.alsdorf.de</t>
   </si>
   <si>
-    <t>Alfred.Sonders@alsdorf.de</t>
+    <t>info@alsdorf.de</t>
   </si>
   <si>
     <t>05334004</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">