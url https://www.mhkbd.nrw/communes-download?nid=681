--- v0 (2025-10-02)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Alfter</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Rhein-Sieg-Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dr. Rolf</t>
-[...2 lines deleted...]
-    <t>Schumacher</t>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Lanzrath</t>
   </si>
   <si>
     <t>Am Rathaus 7</t>
   </si>
   <si>
     <t>0228/64840</t>
   </si>
   <si>
     <t>0228/6484199</t>
   </si>
   <si>
     <t>www.alfter.de</t>
   </si>
   <si>
     <t>rathaus@alfter.de</t>
   </si>
   <si>
     <t>05382004</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
 </sst>
 </file>
 