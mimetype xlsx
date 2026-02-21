--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -1,43 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+  <workbookPr codeName="ThisWorkbook"/>
+  <bookViews>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
+  </sheets>
+  <definedNames/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+  <si>
+    <t>Kommune/Kreis</t>
+  </si>
+  <si>
+    <t>Bezeichnung</t>
+  </si>
+  <si>
+    <t>Zugehörigkeit Kreis</t>
+  </si>
+  <si>
+    <t>Anrede</t>
+  </si>
+  <si>
+    <t>Titel HVB</t>
+  </si>
+  <si>
+    <t>HVB/Vorname</t>
+  </si>
+  <si>
+    <t>HVB/Name</t>
+  </si>
+  <si>
+    <t>PPZ</t>
+  </si>
+  <si>
+    <t>Postfach</t>
+  </si>
+  <si>
+    <t>PLZ</t>
+  </si>
+  <si>
+    <t>Ort</t>
+  </si>
+  <si>
+    <t>Strasse</t>
+  </si>
+  <si>
+    <t>Telefon</t>
+  </si>
+  <si>
+    <t>Telefax</t>
+  </si>
+  <si>
+    <t>Internet</t>
+  </si>
+  <si>
+    <t>E-Mail</t>
+  </si>
+  <si>
+    <t>AGS</t>
+  </si>
+  <si>
+    <t>Reg-Bez</t>
+  </si>
+  <si>
+    <t>Aldenhoven</t>
+  </si>
+  <si>
+    <t>kreisangehörige Gemeinde</t>
+  </si>
+  <si>
+    <t>Düren</t>
+  </si>
+  <si>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Ralf</t>
+  </si>
+  <si>
+    <t>Claßen</t>
+  </si>
+  <si>
+    <t>Postfach 1363</t>
+  </si>
+  <si>
+    <t>Dietrich-Mülfahrt-Str.11-13</t>
+  </si>
+  <si>
+    <t>02464/5860</t>
+  </si>
+  <si>
+    <t>02464/586222</t>
+  </si>
+  <si>
+    <t>www.aldenhoven.de</t>
+  </si>
+  <si>
+    <t>gemeinde@aldenhoven.de</t>
+  </si>
+  <si>
+    <t>05358004</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+  <numFmts count="0"/>
+  <fonts count="1">
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
+</styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>