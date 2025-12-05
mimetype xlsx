--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -74,60 +74,60 @@
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Wesel</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Westkamp</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Rainer</t>
+  </si>
+  <si>
+    <t>Benien</t>
   </si>
   <si>
     <t>Postfach 100760</t>
   </si>
   <si>
     <t>Klever-Tor-Platz 1</t>
   </si>
   <si>
     <t>0281/2030</t>
   </si>
   <si>
     <t>0281/49000</t>
   </si>
   <si>
     <t>www.wesel.de</t>
   </si>
   <si>
     <t>poststelle@wesel.de</t>
   </si>
   <si>
     <t>05170048</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>