--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Viersen</t>
   </si>
   <si>
     <t>Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Landrat</t>
   </si>
   <si>
-    <t>Dr. Andreas</t>
-[...2 lines deleted...]
-    <t>Coenen</t>
+    <t>Bennet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gielen </t>
   </si>
   <si>
     <t>Postfach 100762</t>
   </si>
   <si>
     <t>Rathausmarkt 3</t>
   </si>
   <si>
     <t>02162/390</t>
   </si>
   <si>
     <t>02162/391803</t>
   </si>
   <si>
     <t>www.kreis-viersen.de</t>
   </si>
   <si>
     <t>post@kreis-viersen.de</t>
   </si>
   <si>
     <t>05166000</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>