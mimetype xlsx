--- v0 (2025-10-15)
+++ v1 (2026-01-06)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Rheinberg</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Wesel</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dietmar</t>
-[...2 lines deleted...]
-    <t>Heyde</t>
+    <t>Philipp</t>
+  </si>
+  <si>
+    <t>Richter</t>
   </si>
   <si>
     <t>Postfach 101463</t>
   </si>
   <si>
     <t>Kirchplatz 10</t>
   </si>
   <si>
     <t>02843/1710</t>
   </si>
   <si>
     <t>02843/171480</t>
   </si>
   <si>
     <t>www.rheinberg.de</t>
   </si>
   <si>
     <t>stadtverwaltung@rheinberg.de</t>
   </si>
   <si>
     <t>05170032</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>