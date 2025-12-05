--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Remscheid</t>
   </si>
   <si>
     <t>kreisfreie Stadt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Oberbürgermeister</t>
   </si>
   <si>
-    <t>Burkhard</t>
-[...2 lines deleted...]
-    <t>Mast-Weisz</t>
+    <t>Sven</t>
+  </si>
+  <si>
+    <t>Wolf</t>
   </si>
   <si>
     <t>Theodor-Heuss-Platz 1</t>
   </si>
   <si>
     <t>02191/1600</t>
   </si>
   <si>
     <t>02191/162748</t>
   </si>
   <si>
     <t>www.remscheid.de</t>
   </si>
   <si>
     <t>remscheid@str.de</t>
   </si>
   <si>
     <t>05120000</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>
 </sst>
 </file>
 