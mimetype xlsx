--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Niederkrüchten</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Viersen</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Karl-Heinz</t>
-[...2 lines deleted...]
-    <t>Wassong</t>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricker </t>
   </si>
   <si>
     <t>Postfach 1180</t>
   </si>
   <si>
     <t>Laurentiusstr. 19</t>
   </si>
   <si>
     <t>02163/9800</t>
   </si>
   <si>
     <t>02163/980111</t>
   </si>
   <si>
     <t>www.niederkruechten.de</t>
   </si>
   <si>
     <t>info@niederkruechten.de</t>
   </si>
   <si>
     <t>05166020</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>