--- v0 (2025-11-08)
+++ v1 (2026-02-21)
@@ -77,54 +77,54 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Monheim am Rhein</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
-    <t>Herrn</t>
-[...2 lines deleted...]
-    <t>Bürgermeister</t>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
   </si>
   <si>
     <t>Sonja</t>
   </si>
   <si>
     <t>Wienecke</t>
   </si>
   <si>
     <t>Postfach 100661</t>
   </si>
   <si>
     <t>Rathausplatz 2</t>
   </si>
   <si>
     <t>02173/9510</t>
   </si>
   <si>
     <t>02173/951899</t>
   </si>
   <si>
     <t>www.monheim.de</t>
   </si>
   <si>
     <t>info@monheim.de</t>
   </si>