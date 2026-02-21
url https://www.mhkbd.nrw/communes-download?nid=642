--- v0 (2025-10-19)
+++ v1 (2026-02-21)
@@ -74,60 +74,60 @@
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Pietschmann</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>André</t>
+  </si>
+  <si>
+    <t>Bär</t>
   </si>
   <si>
     <t>Postfach 100763</t>
   </si>
   <si>
     <t>Neanderstr. 85</t>
   </si>
   <si>
     <t>02104/980</t>
   </si>
   <si>
     <t>02104/980721</t>
   </si>
   <si>
     <t>www.mettmann.de</t>
   </si>
   <si>
     <t>info@mettmann.de</t>
   </si>
   <si>
     <t>05158024</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>