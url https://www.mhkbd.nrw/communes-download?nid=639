--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Langenfeld (Rhld.)</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Frank</t>
-[...2 lines deleted...]
-    <t>Schneider</t>
+    <t>Gerold Georg</t>
+  </si>
+  <si>
+    <t>Wenzens</t>
   </si>
   <si>
     <t>Postfach 1565</t>
   </si>
   <si>
     <t>Konrad-Adenauer-Platz 1</t>
   </si>
   <si>
     <t>02173/7940</t>
   </si>
   <si>
     <t>02173/7941111</t>
   </si>
   <si>
     <t>www.langenfeld.de</t>
   </si>
   <si>
     <t>info@langenfeld.de</t>
   </si>
   <si>
     <t>05158020</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>