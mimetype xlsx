--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Kerken</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Kleve</t>
   </si>
   <si>
-    <t>Herrn</t>
-[...8 lines deleted...]
-    <t>Möcking</t>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>Itgenshorst</t>
   </si>
   <si>
     <t>Dionysiusplatz 4</t>
   </si>
   <si>
     <t>02833/9220</t>
   </si>
   <si>
     <t>02833/922123</t>
   </si>
   <si>
     <t>www.kerken.de</t>
   </si>
   <si>
     <t>info@kerken.de</t>
   </si>
   <si>
     <t>05154028</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>
 </sst>
 </file>
 