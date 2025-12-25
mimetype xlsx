--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Kalkar</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Kleve</t>
   </si>
   <si>
     <t>Frau</t>
   </si>
   <si>
     <t>Bürgermeisterin</t>
   </si>
   <si>
-    <t>Dr. Britta</t>
-[...2 lines deleted...]
-    <t>Schulz</t>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Schacky</t>
   </si>
   <si>
     <t>Markt 20</t>
   </si>
   <si>
     <t>02824/130</t>
   </si>
   <si>
     <t>02824/13234</t>
   </si>
   <si>
     <t>www.kalkar.de</t>
   </si>
   <si>
     <t>info@kalkar.de</t>
   </si>
   <si>
     <t>05154024</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>
 </sst>
 </file>
 