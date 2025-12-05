--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Kaarst</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Rhein-Kreis Neuss</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Baum</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Horn-Heinemann</t>
   </si>
   <si>
     <t>Postfach 101265</t>
   </si>
   <si>
     <t>Am Neumarkt 2</t>
   </si>
   <si>
     <t>02131/9870</t>
   </si>
   <si>
     <t>02131/987400</t>
   </si>
   <si>
     <t>www.kaarst.de</t>
   </si>
   <si>
     <t>info@kaarst.de</t>
   </si>
   <si>
     <t>05162016</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>