--- v0 (2025-10-02)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Jüchen</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Rhein-Kreis Neuss</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Harald</t>
-[...2 lines deleted...]
-    <t>Zillikens</t>
+    <t>Philipp</t>
+  </si>
+  <si>
+    <t>Sieben</t>
   </si>
   <si>
     <t>Postfach 1101</t>
   </si>
   <si>
     <t>Am Rathaus 5</t>
   </si>
   <si>
     <t>02165/9150</t>
   </si>
   <si>
     <t>02165/9151199</t>
   </si>
   <si>
     <t>www.juechen.de</t>
   </si>
   <si>
     <t>stadt@juechen.de</t>
   </si>
   <si>
     <t>05162012</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>