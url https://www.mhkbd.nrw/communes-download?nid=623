--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Heiligenhaus</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t xml:space="preserve">Michael </t>
-[...2 lines deleted...]
-    <t>Beck</t>
+    <t>Björn</t>
+  </si>
+  <si>
+    <t>Kerkmann</t>
   </si>
   <si>
     <t>Postfach 100553</t>
   </si>
   <si>
     <t>Hauptstr. 157</t>
   </si>
   <si>
     <t>02056/130</t>
   </si>
   <si>
     <t>02056/13395</t>
   </si>
   <si>
     <t>www.heiligenhaus.de</t>
   </si>
   <si>
     <t>info@heiligenhaus.de</t>
   </si>
   <si>
     <t>05158012</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>