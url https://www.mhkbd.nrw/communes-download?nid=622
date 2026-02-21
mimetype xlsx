--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Hamminkeln</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Wesel</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Bernd</t>
-[...2 lines deleted...]
-    <t>Romanski</t>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Graaf</t>
   </si>
   <si>
     <t>Postfach 1261</t>
   </si>
   <si>
     <t>Brüner Straße 9</t>
   </si>
   <si>
     <t>02852/880</t>
   </si>
   <si>
     <t>02852/88130</t>
   </si>
   <si>
     <t>www.hamminkeln.de</t>
   </si>
   <si>
     <t>info@hamminkeln.de</t>
   </si>
   <si>
     <t>05170012</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>