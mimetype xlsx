--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Haan</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Warnecke</t>
+    <t>Herr</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Vincent Frederic</t>
+  </si>
+  <si>
+    <t>Endereß</t>
   </si>
   <si>
     <t>Postfach 1665</t>
   </si>
   <si>
     <t>Kaiserstr. 85</t>
   </si>
   <si>
     <t>02129/9110</t>
   </si>
   <si>
     <t>02129/911590</t>
   </si>
   <si>
     <t>www.haan.de</t>
   </si>
   <si>
     <t>post@stadt-haan.de</t>
   </si>
   <si>
     <t>05158008</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>