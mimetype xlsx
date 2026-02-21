--- v1 (2025-12-25)
+++ v2 (2026-02-21)
@@ -77,51 +77,51 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Haan</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Mettmann</t>
   </si>
   <si>
-    <t>Herr</t>
+    <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
     <t>Vincent Frederic</t>
   </si>
   <si>
     <t>Endereß</t>
   </si>
   <si>
     <t>Postfach 1665</t>
   </si>
   <si>
     <t>Kaiserstr. 85</t>
   </si>
   <si>
     <t>02129/9110</t>
   </si>
   <si>
     <t>02129/911590</t>
   </si>
   <si>
     <t>www.haan.de</t>
   </si>