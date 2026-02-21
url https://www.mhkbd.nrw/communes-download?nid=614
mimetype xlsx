--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Emmerich am Rhein</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Kleve</t>
   </si>
   <si>
-    <t>Herrn</t>
-[...8 lines deleted...]
-    <t>Hinze</t>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
+  </si>
+  <si>
+    <t>Claudia</t>
+  </si>
+  <si>
+    <t>Lindlahr</t>
   </si>
   <si>
     <t>Postfach 100864</t>
   </si>
   <si>
     <t>Geistmarkt 1</t>
   </si>
   <si>
     <t>02822/750</t>
   </si>
   <si>
     <t>02822/755000</t>
   </si>
   <si>
     <t>www.emmerich.de</t>
   </si>
   <si>
     <t>stadtverwaltung@stadt-emmerich.de</t>
   </si>
   <si>
     <t>05154008</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>